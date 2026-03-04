--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -1,153 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24729"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/f6de190730066e5c/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="12" documentId="13_ncr:1_{26D2716A-2B30-4303-945A-4B64BC871107}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{03B9B5C7-7A7B-45AE-81C0-2B3EED687A0E}"/>
+  <xr:revisionPtr revIDLastSave="16" documentId="13_ncr:1_{26D2716A-2B30-4303-945A-4B64BC871107}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A1C1554A-7773-4033-8CAD-3B2B7CD6B31E}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="15000" tabRatio="670" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="670" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="113">
   <si>
     <t>Ihr Name</t>
   </si>
   <si>
     <t>Ihre Telefonnummer</t>
   </si>
   <si>
     <t>Ihre emailadresse</t>
   </si>
   <si>
     <t>Wunschdatum des Umzugs</t>
   </si>
   <si>
     <t>Im Umzugskalender auf unserer Homepage sehen Sie, ob Ihr Wunschtermin noch frei ist.</t>
   </si>
   <si>
     <t>Adresse Auszug</t>
   </si>
   <si>
     <t xml:space="preserve">Zufahrt gegeben (Autohöhe 3,00m)? </t>
   </si>
   <si>
     <t xml:space="preserve">Stockwerk, Anzahl Stufen </t>
   </si>
   <si>
     <t>Lift ja nein?</t>
   </si>
   <si>
     <t>längere Laufwege über 20m? Wie lange etwa?</t>
   </si>
   <si>
+    <t>Weg vom Auto bis Eingang: mit Rollwagen und Sackkarren befahrbar?</t>
+  </si>
+  <si>
     <t>Besonderheiten (z.B. enge Stiegenhäuser, kleiner Aufzug,...)</t>
   </si>
   <si>
     <t>Adresse Einzug</t>
   </si>
   <si>
     <t>Stockwerk, Anzahl Stufen</t>
   </si>
   <si>
     <t>längere Laufwege über 20m ? Wie lange etwa?</t>
   </si>
   <si>
     <t>Tipps zum Ausfüllen:</t>
   </si>
   <si>
-    <t>Füllen Sie das Feld „Maße ungefähr“ nur aus, wenn das auch Sinn macht. So ist es für uns interessant zu wissen, wie hoch ein Schrank, Kühlschrank oder eine Kommode oder wie lang ein Tisch oder eine Couch ist. Stühle sind in der Regel jedoch alle gleich groß, hier ist das befüllen des Feldes überflüssig und Sie können sich das Abmessen sparen. Waschmaschinen sind auch genormt.</t>
+    <t>Füllen Sie das Feld „Maße ungefähr“ nur aus, wenn das auch Sinn macht. So ist es für uns interessant zu wissen, wie hoch ein Schrank, Kühlschrank oder eine Kommode oder wie lang ein Tisch oder eine Couch ist. Stühle sind in der Regel jedoch alle gleich groß, hier ist das befüllen des Feldes überflüssig und Sie können sich das Abmessen sparen. Waschmaschinen sind auch genormt. Optimal ist, wenn Sie Fotos der Möbel mitschicken können, dann können eventuell  auftauchende Fragen bereits im Vorhinein vermieden werden und das Abmessen können Sie sich dann ganz ersparen.</t>
   </si>
   <si>
     <t xml:space="preserve">Bei „ergänzende Informationen“ können Sie uns mitteilen, was an den jeweiligen Gegenständen speziell ist und worauf wir besonders acht geben sollten. </t>
   </si>
   <si>
     <t>Unter „Sonstiges“ können Sie Dinge anführen, die nicht in der Liste aufscheinen. Jede/r unserer KundInnen hat andere Gewohnheiten. 
 Hier ist Platz, um uns Ihre Individualität zu zeigen.</t>
   </si>
   <si>
     <t>Natürlich können Sie die Tabelle auch nach Ihren Wünschen abändern und anpassen, Zeilen löschen und hinzufügen.</t>
   </si>
   <si>
     <t>Bitte füllen Sie, wenn möglich,  die Tabelle am Rechner aus. Digitale Daten können wir viel besser verarbeiten.</t>
   </si>
   <si>
     <t>Wenn für uns noch Fragen offen sind, melden wir uns bei Ihnen.</t>
   </si>
   <si>
-    <t>Optimal ist, wenn Sie Fotos der Möbel mitschicken können, dann können eventuell auftauchende Fragen bereits</t>
-[...4 lines deleted...]
-  <si>
     <t>Falls Sie schwierigkeiten beim Einschätzen der Anzahl der Kartons haben, dann hilft Ihnen vielleicht das hier</t>
   </si>
   <si>
     <t>Küche</t>
   </si>
   <si>
     <t>befindet sich in Stockwerk:</t>
   </si>
   <si>
     <t>Anzahl</t>
   </si>
   <si>
     <t>Maße ungefähr</t>
   </si>
   <si>
     <t>ergänzende Informationen</t>
   </si>
   <si>
     <t>Elektrogeräte (z.B. Kaffeemaschine, 
 Mikrowelle, Küchenmaschine)</t>
   </si>
   <si>
     <t>Anzahl Kartons/Boxen/Kleinteile geschätzt</t>
   </si>
   <si>
@@ -377,53 +378,50 @@
 (sehr bealstbar, 60cmx40cmx40cm), wie viele? Siehe Bild rechts.</t>
   </si>
   <si>
     <t>Benötigen Sie Kleiderboxen mit einer Breite von 50cm? Wie viele? Siehe Bild rechts.</t>
   </si>
   <si>
     <t>Dürfen wir die Ab-, Aufbauarbeiten und Montagearbeiten an den Wänden für Sie erledigen?</t>
   </si>
   <si>
     <t>Sollen wir für Sie die Kartons/Boxen einpacken? Welche?</t>
   </si>
   <si>
     <t>Sollen wir für Sie die Kartons/Boxen auspacken? Welche?</t>
   </si>
   <si>
     <t>grenzüberschreitende Umzüge: Wünschen Sie die Erledigung von Zollpapieren (im Rahmen unserer Möglichkeiten)?</t>
   </si>
   <si>
     <t>Fallen Entsorgungsarbeiten an und dürfen wir das für Sie übernehmen? Welche?</t>
   </si>
   <si>
     <t>Haben Sie Haustiere in Ihrem Haushalt auf die wir besonders achten müssen?</t>
   </si>
   <si>
     <t>Dürfen wir für Sie eine Halteverbotszone beim Be- oder Entladen organisieren bzw. ist das notwendig?</t>
-  </si>
-[...1 lines deleted...]
-    <t>Weg vom Auto bis Eingang: mit Rollwagen und Sackkarren befahrbar?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -530,323 +528,291 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...8 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Link" xfId="1" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor>
-[...72 lines deleted...]
-  </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>129678</xdr:colOff>
-      <xdr:row>200</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>212</xdr:row>
+      <xdr:row>210</xdr:row>
       <xdr:rowOff>5370</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB443D9C-6674-4F36-BAD1-E91A0B6A35C8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9302253" y="41395650"/>
           <a:ext cx="2508747" cy="2215170"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>213</xdr:row>
+      <xdr:row>211</xdr:row>
       <xdr:rowOff>161924</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>617332</xdr:colOff>
-      <xdr:row>224</xdr:row>
+      <xdr:row>222</xdr:row>
       <xdr:rowOff>304799</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Grafik 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C36BF83-6030-4B8E-B7B3-AC2BC7524FC3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="16292" r="14326"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9201150" y="43967399"/>
           <a:ext cx="2874757" cy="4143375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>409575</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Bild 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1B28048-3FE1-4108-ECA4-36108E87B430}"/>
+            </a:ext>
+            <a:ext uri="{147F2762-F138-4A5C-976F-8EAC2B608ADB}">
+              <a16:predDERef xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" pred="{8C36BF83-6030-4B8E-B7B3-AC2BC7524FC3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="9172575" y="6267450"/>
+          <a:ext cx="1171575" cy="1162050"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -1110,1943 +1076,1924 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umzugvorarlberg.at/wp-content/uploads/2020/09/Kartons-und-Boxen-Z%C3%A4hlen.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umzugvorarlberg.at/wp-content/uploads/2025/12/Kartons-und-Boxen-Zaehlen.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D227"/>
+  <dimension ref="A1:D225"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B18" sqref="B18:D18"/>
+    <sheetView tabSelected="1" topLeftCell="A17" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A27" sqref="A27:D27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="47.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="18.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="63.5703125" style="2" customWidth="1"/>
     <col min="5" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22"/>
-[...1 lines deleted...]
-      <c r="D1" s="22"/>
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="18" t="s">
+      <c r="A2" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="22"/>
-[...1 lines deleted...]
-      <c r="D2" s="22"/>
+      <c r="B2" s="29"/>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="18" t="s">
+      <c r="A3" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="22"/>
-[...1 lines deleted...]
-      <c r="D3" s="22"/>
+      <c r="B3" s="29"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="29"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="18" t="s">
+      <c r="A4" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="22" t="s">
+      <c r="B4" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="22"/>
-      <c r="D4" s="22"/>
+      <c r="C4" s="29"/>
+      <c r="D4" s="29"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="B5" s="24"/>
-[...1 lines deleted...]
-      <c r="D5" s="24"/>
+      <c r="B5" s="19"/>
+      <c r="C5" s="19"/>
+      <c r="D5" s="19"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="24"/>
-[...1 lines deleted...]
-      <c r="D6" s="24"/>
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="24"/>
-[...1 lines deleted...]
-      <c r="D7" s="24"/>
+      <c r="B7" s="19"/>
+      <c r="C7" s="19"/>
+      <c r="D7" s="19"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="24"/>
-[...1 lines deleted...]
-      <c r="D8" s="24"/>
+      <c r="B8" s="19"/>
+      <c r="C8" s="19"/>
+      <c r="D8" s="19"/>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="24"/>
-[...1 lines deleted...]
-      <c r="D9" s="24"/>
+      <c r="B9" s="19"/>
+      <c r="C9" s="19"/>
+      <c r="D9" s="19"/>
     </row>
     <row r="10" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      <c r="D10" s="34"/>
+        <v>10</v>
+      </c>
+      <c r="B10" s="21"/>
+      <c r="C10" s="22"/>
+      <c r="D10" s="23"/>
     </row>
     <row r="11" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A11" s="13" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      <c r="D11" s="34"/>
+        <v>11</v>
+      </c>
+      <c r="B11" s="21"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="23"/>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      <c r="D12" s="25"/>
+        <v>12</v>
+      </c>
+      <c r="B12" s="20"/>
+      <c r="C12" s="20"/>
+      <c r="D12" s="20"/>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="25"/>
-[...1 lines deleted...]
-      <c r="D13" s="25"/>
+      <c r="B13" s="20"/>
+      <c r="C13" s="20"/>
+      <c r="D13" s="20"/>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="D14" s="25"/>
+        <v>13</v>
+      </c>
+      <c r="B14" s="20"/>
+      <c r="C14" s="20"/>
+      <c r="D14" s="20"/>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="25"/>
-[...1 lines deleted...]
-      <c r="D15" s="25"/>
+      <c r="B15" s="20"/>
+      <c r="C15" s="20"/>
+      <c r="D15" s="20"/>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="10" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      <c r="D16" s="25"/>
+        <v>14</v>
+      </c>
+      <c r="B16" s="20"/>
+      <c r="C16" s="20"/>
+      <c r="D16" s="20"/>
     </row>
     <row r="17" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A17" s="14" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      <c r="D17" s="31"/>
+        <v>10</v>
+      </c>
+      <c r="B17" s="25"/>
+      <c r="C17" s="26"/>
+      <c r="D17" s="27"/>
     </row>
     <row r="18" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A18" s="14" t="s">
-        <v>10</v>
-[...9 lines deleted...]
-      <c r="D19" s="20"/>
+        <v>11</v>
+      </c>
+      <c r="B18" s="25"/>
+      <c r="C18" s="26"/>
+      <c r="D18" s="27"/>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="18"/>
+      <c r="B19" s="3"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
     </row>
-    <row r="21" spans="1:4" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D21" s="26"/>
+    <row r="21" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" s="24"/>
+      <c r="C21" s="24"/>
+      <c r="D21" s="24"/>
     </row>
     <row r="22" spans="1:4" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="26" t="s">
-[...4 lines deleted...]
-      <c r="D22" s="26"/>
+      <c r="A22" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B22" s="24"/>
+      <c r="C22" s="24"/>
+      <c r="D22" s="24"/>
     </row>
     <row r="23" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="26" t="s">
-[...4 lines deleted...]
-      <c r="D23" s="27"/>
+      <c r="A23" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B23" s="30"/>
+      <c r="C23" s="30"/>
+      <c r="D23" s="30"/>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="16" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      <c r="D24" s="17"/>
+        <v>19</v>
+      </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="16" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="16" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A27" s="16" t="s">
-[...4 lines deleted...]
-      <c r="D27" s="3"/>
+      <c r="A27" s="31" t="s">
+        <v>22</v>
+      </c>
+      <c r="B27" s="31"/>
+      <c r="C27" s="31"/>
+      <c r="D27" s="31"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A28" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A29" s="28" t="s">
+      <c r="A29" s="11" t="s">
         <v>23</v>
       </c>
-      <c r="B29" s="28"/>
+      <c r="B29" s="28" t="s">
+        <v>24</v>
+      </c>
       <c r="C29" s="28"/>
-      <c r="D29" s="28"/>
+      <c r="D29" s="12"/>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B30" s="3"/>
-[...7 lines deleted...]
-      <c r="B31" s="23" t="s">
+      <c r="A30" s="1"/>
+      <c r="B30" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C31" s="23"/>
-      <c r="D31" s="12"/>
+      <c r="C30" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B31" s="4"/>
+      <c r="C31" s="4"/>
+      <c r="D31" s="4"/>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A32" s="1"/>
-[...11 lines deleted...]
-      <c r="A33" s="5" t="s">
+      <c r="A32" s="4" t="s">
         <v>29</v>
+      </c>
+      <c r="B32" s="4"/>
+      <c r="C32" s="4"/>
+      <c r="D32" s="4"/>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
+        <v>30</v>
       </c>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A37" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A37" s="4"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A38" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A38" s="4"/>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="4"/>
       <c r="B39" s="4"/>
       <c r="C39" s="4"/>
       <c r="D39" s="4"/>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A40" s="4"/>
-[...2 lines deleted...]
-      <c r="D40" s="4"/>
+      <c r="A40" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B40" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C40" s="28"/>
+      <c r="D40" s="12"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A41" s="4"/>
-[...2 lines deleted...]
-      <c r="D41" s="4"/>
+      <c r="A41" s="1"/>
+      <c r="B41" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A42" s="11" t="s">
+      <c r="A42" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="B42" s="23" t="s">
-[...3 lines deleted...]
-      <c r="D42" s="12"/>
+      <c r="B42" s="4"/>
+      <c r="C42" s="4"/>
+      <c r="D42" s="4"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A43" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A43" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="4"/>
+      <c r="C43" s="4"/>
+      <c r="D43" s="4"/>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B44" s="4"/>
       <c r="C44" s="4"/>
       <c r="D44" s="4"/>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B45" s="4"/>
       <c r="C45" s="4"/>
       <c r="D45" s="4"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B46" s="4"/>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B47" s="4"/>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B48" s="4"/>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
-      <c r="D49" s="4"/>
+      <c r="D49" s="4" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
-      <c r="D52" s="4"/>
+      <c r="D52" s="4" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
-      <c r="D53" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D53" s="4"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B54" s="4"/>
       <c r="C54" s="4"/>
-      <c r="D54" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D54" s="4"/>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="B55" s="4"/>
       <c r="C55" s="4"/>
       <c r="D55" s="4"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="B56" s="4"/>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A57" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A57" s="4"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A58" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A58" s="4"/>
       <c r="B58" s="4"/>
       <c r="C58" s="4"/>
       <c r="D58" s="4"/>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="4"/>
       <c r="B59" s="4"/>
       <c r="C59" s="4"/>
       <c r="D59" s="4"/>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A60" s="4"/>
-[...2 lines deleted...]
-      <c r="D60" s="4"/>
+      <c r="A60" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B60" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C60" s="28"/>
+      <c r="D60" s="12"/>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A61" s="4"/>
-[...2 lines deleted...]
-      <c r="D61" s="4"/>
+      <c r="A61" s="1"/>
+      <c r="B61" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A62" s="11" t="s">
+      <c r="A62" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="B62" s="23" t="s">
-[...3 lines deleted...]
-      <c r="D62" s="12"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A63" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A63" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B63" s="4"/>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4"/>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B64" s="4"/>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B65" s="4"/>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="B67" s="4"/>
       <c r="C67" s="4"/>
       <c r="D67" s="4"/>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="B68" s="4"/>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A69" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A69" s="4"/>
       <c r="B69" s="4"/>
       <c r="C69" s="4"/>
       <c r="D69" s="4"/>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A70" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A70" s="4"/>
       <c r="B70" s="4"/>
       <c r="C70" s="4"/>
       <c r="D70" s="4"/>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" s="4"/>
       <c r="B71" s="4"/>
       <c r="C71" s="4"/>
       <c r="D71" s="4"/>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A72" s="4"/>
-[...2 lines deleted...]
-      <c r="D72" s="4"/>
+      <c r="A72" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B72" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C72" s="28"/>
+      <c r="D72" s="12"/>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A73" s="4"/>
-[...2 lines deleted...]
-      <c r="D73" s="4"/>
+      <c r="A73" s="1"/>
+      <c r="B73" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A74" s="11" t="s">
+      <c r="A74" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="B74" s="23" t="s">
-[...3 lines deleted...]
-      <c r="D74" s="12"/>
+      <c r="B74" s="4"/>
+      <c r="C74" s="4"/>
+      <c r="D74" s="4"/>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A75" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A75" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B75" s="4"/>
+      <c r="C75" s="4"/>
+      <c r="D75" s="4"/>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B76" s="4"/>
       <c r="C76" s="4"/>
       <c r="D76" s="4"/>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B77" s="4"/>
       <c r="C77" s="4"/>
       <c r="D77" s="4"/>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B78" s="4"/>
       <c r="C78" s="4"/>
       <c r="D78" s="4"/>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="B79" s="4"/>
       <c r="C79" s="4"/>
       <c r="D79" s="4"/>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B80" s="4"/>
       <c r="C80" s="4"/>
       <c r="D80" s="4"/>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A81" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A81" s="4"/>
       <c r="B81" s="4"/>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A82" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A82" s="4"/>
       <c r="B82" s="4"/>
       <c r="C82" s="4"/>
       <c r="D82" s="4"/>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" s="4"/>
       <c r="B83" s="4"/>
       <c r="C83" s="4"/>
       <c r="D83" s="4"/>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A84" s="4"/>
-[...2 lines deleted...]
-      <c r="D84" s="4"/>
+      <c r="A84" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B84" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C84" s="28"/>
+      <c r="D84" s="12"/>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A85" s="4"/>
-[...2 lines deleted...]
-      <c r="D85" s="4"/>
+      <c r="A85" s="1"/>
+      <c r="B85" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A86" s="11" t="s">
+      <c r="A86" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="B86" s="23" t="s">
-[...3 lines deleted...]
-      <c r="D86" s="12"/>
+      <c r="B86" s="4"/>
+      <c r="C86" s="4"/>
+      <c r="D86" s="4"/>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A87" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A87" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B87" s="4"/>
+      <c r="C87" s="4"/>
+      <c r="D87" s="4"/>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B89" s="4"/>
       <c r="C89" s="4"/>
       <c r="D89" s="4"/>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B90" s="4"/>
       <c r="C90" s="4"/>
       <c r="D90" s="4"/>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B91" s="4"/>
       <c r="C91" s="4"/>
-      <c r="D91" s="4"/>
+      <c r="D91" s="4" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B92" s="4"/>
       <c r="C92" s="4"/>
-      <c r="D92" s="4"/>
+      <c r="D92" s="4" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B93" s="4"/>
       <c r="C93" s="4"/>
-      <c r="D93" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D93" s="4"/>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="B94" s="4"/>
       <c r="C94" s="4"/>
-      <c r="D94" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D94" s="4"/>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="B95" s="4"/>
       <c r="C95" s="4"/>
       <c r="D95" s="4"/>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A96" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A96" s="1"/>
       <c r="B96" s="4"/>
       <c r="C96" s="4"/>
       <c r="D96" s="4"/>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A97" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A97" s="1"/>
       <c r="B97" s="4"/>
       <c r="C97" s="4"/>
       <c r="D97" s="4"/>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" s="1"/>
       <c r="B98" s="4"/>
       <c r="C98" s="4"/>
       <c r="D98" s="4"/>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A99" s="1"/>
-[...2 lines deleted...]
-      <c r="D99" s="4"/>
+      <c r="A99" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B99" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C99" s="28"/>
+      <c r="D99" s="12"/>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" s="1"/>
-      <c r="B100" s="4"/>
-[...1 lines deleted...]
-      <c r="D100" s="4"/>
+      <c r="B100" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A101" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D101" s="12"/>
+      <c r="A101" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B101" s="4"/>
+      <c r="C101" s="4"/>
+      <c r="D101" s="4"/>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A102" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A102" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B102" s="4"/>
+      <c r="C102" s="4"/>
+      <c r="D102" s="4"/>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B103" s="4"/>
       <c r="C103" s="4"/>
       <c r="D103" s="4"/>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B104" s="4"/>
       <c r="C104" s="4"/>
       <c r="D104" s="4"/>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B105" s="4"/>
       <c r="C105" s="4"/>
       <c r="D105" s="4"/>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B106" s="4"/>
       <c r="C106" s="4"/>
-      <c r="D106" s="4"/>
+      <c r="D106" s="4" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B107" s="4"/>
       <c r="C107" s="4"/>
-      <c r="D107" s="4"/>
+      <c r="D107" s="4" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B108" s="4"/>
       <c r="C108" s="4"/>
-      <c r="D108" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D108" s="4"/>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B109" s="4"/>
       <c r="C109" s="4"/>
-      <c r="D109" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D109" s="4"/>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B110" s="4"/>
       <c r="C110" s="4"/>
       <c r="D110" s="4"/>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="B111" s="4"/>
       <c r="C111" s="4"/>
       <c r="D111" s="4"/>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="B112" s="4"/>
       <c r="C112" s="4"/>
       <c r="D112" s="4"/>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A113" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A113" s="4"/>
       <c r="B113" s="4"/>
       <c r="C113" s="4"/>
       <c r="D113" s="4"/>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A114" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A114" s="4"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A115" s="4"/>
       <c r="B115" s="4"/>
       <c r="C115" s="4"/>
       <c r="D115" s="4"/>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A116" s="4"/>
-[...2 lines deleted...]
-      <c r="D116" s="4"/>
+      <c r="A116" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B116" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C116" s="28"/>
+      <c r="D116" s="12"/>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A117" s="4"/>
-[...2 lines deleted...]
-      <c r="D117" s="4"/>
+      <c r="A117" s="1"/>
+      <c r="B117" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A118" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D118" s="12"/>
+      <c r="A118" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B118" s="4"/>
+      <c r="C118" s="4"/>
+      <c r="D118" s="4"/>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A119" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A119" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B119" s="4"/>
+      <c r="C119" s="4"/>
+      <c r="D119" s="4"/>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B120" s="4"/>
       <c r="C120" s="4"/>
       <c r="D120" s="4"/>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B121" s="4"/>
       <c r="C121" s="4"/>
       <c r="D121" s="4"/>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B122" s="4"/>
       <c r="C122" s="4"/>
       <c r="D122" s="4"/>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
-      <c r="D123" s="4"/>
+      <c r="D123" s="4" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B124" s="4"/>
       <c r="C124" s="4"/>
-      <c r="D124" s="4"/>
+      <c r="D124" s="4" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B125" s="4"/>
       <c r="C125" s="4"/>
-      <c r="D125" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D125" s="4"/>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B126" s="4"/>
       <c r="C126" s="4"/>
-      <c r="D126" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D126" s="4"/>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B127" s="4"/>
       <c r="C127" s="4"/>
       <c r="D127" s="4"/>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="B128" s="4"/>
       <c r="C128" s="4"/>
       <c r="D128" s="4"/>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="B129" s="4"/>
       <c r="C129" s="4"/>
       <c r="D129" s="4"/>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A130" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A130" s="4"/>
       <c r="B130" s="4"/>
       <c r="C130" s="4"/>
       <c r="D130" s="4"/>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A131" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A131" s="4"/>
       <c r="B131" s="4"/>
       <c r="C131" s="4"/>
       <c r="D131" s="4"/>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A132" s="4"/>
       <c r="B132" s="4"/>
       <c r="C132" s="4"/>
       <c r="D132" s="4"/>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A133" s="4"/>
-[...2 lines deleted...]
-      <c r="D133" s="4"/>
+      <c r="A133" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B133" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C133" s="28"/>
+      <c r="D133" s="12"/>
     </row>
     <row r="134" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A134" s="4"/>
-[...2 lines deleted...]
-      <c r="D134" s="4"/>
+      <c r="A134" s="1"/>
+      <c r="B134" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="135" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A135" s="11" t="s">
+      <c r="A135" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="B135" s="23" t="s">
-[...3 lines deleted...]
-      <c r="D135" s="12"/>
+      <c r="B135" s="4"/>
+      <c r="C135" s="4"/>
+      <c r="D135" s="4"/>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A136" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A136" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B136" s="4"/>
+      <c r="C136" s="4"/>
+      <c r="D136" s="4"/>
     </row>
     <row r="137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B137" s="4"/>
       <c r="C137" s="4"/>
       <c r="D137" s="4"/>
     </row>
     <row r="138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="B138" s="4"/>
       <c r="C138" s="4"/>
       <c r="D138" s="4"/>
     </row>
     <row r="139" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
         <v>80</v>
       </c>
       <c r="B139" s="4"/>
       <c r="C139" s="4"/>
       <c r="D139" s="4"/>
     </row>
     <row r="140" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B140" s="4"/>
       <c r="C140" s="4"/>
       <c r="D140" s="4"/>
     </row>
     <row r="141" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="B141" s="4"/>
       <c r="C141" s="4"/>
       <c r="D141" s="4"/>
     </row>
     <row r="142" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="B142" s="4"/>
       <c r="C142" s="4"/>
       <c r="D142" s="4"/>
     </row>
     <row r="143" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A143" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A143" s="1"/>
       <c r="B143" s="4"/>
       <c r="C143" s="4"/>
       <c r="D143" s="4"/>
     </row>
     <row r="144" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A144" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A144" s="1"/>
       <c r="B144" s="4"/>
       <c r="C144" s="4"/>
       <c r="D144" s="4"/>
     </row>
     <row r="145" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A145" s="1"/>
       <c r="B145" s="4"/>
       <c r="C145" s="4"/>
       <c r="D145" s="4"/>
     </row>
     <row r="146" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A146" s="1"/>
-[...2 lines deleted...]
-      <c r="D146" s="4"/>
+      <c r="A146" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B146" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C146" s="28"/>
+      <c r="D146" s="12"/>
     </row>
     <row r="147" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A147" s="1"/>
-      <c r="B147" s="4"/>
-[...1 lines deleted...]
-      <c r="D147" s="4"/>
+      <c r="B147" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A148" s="11" t="s">
+      <c r="A148" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="B148" s="23" t="s">
-[...3 lines deleted...]
-      <c r="D148" s="12"/>
+      <c r="B148" s="4"/>
+      <c r="C148" s="4"/>
+      <c r="D148" s="4"/>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A149" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A149" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B149" s="4"/>
+      <c r="C149" s="4"/>
+      <c r="D149" s="4"/>
     </row>
     <row r="150" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="B150" s="4"/>
       <c r="C150" s="4"/>
       <c r="D150" s="4"/>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B151" s="4"/>
       <c r="C151" s="4"/>
       <c r="D151" s="4"/>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>69</v>
+        <v>29</v>
       </c>
       <c r="B152" s="4"/>
       <c r="C152" s="4"/>
       <c r="D152" s="4"/>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A153" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A153" s="4"/>
       <c r="B153" s="4"/>
       <c r="C153" s="4"/>
       <c r="D153" s="4"/>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A154" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A154" s="4"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A155" s="4"/>
-[...2 lines deleted...]
-      <c r="D155" s="4"/>
+      <c r="A155" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B155" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C155" s="28"/>
+      <c r="D155" s="12"/>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A156" s="4"/>
-[...2 lines deleted...]
-      <c r="D156" s="4"/>
+      <c r="A156" s="1"/>
+      <c r="B156" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A157" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D157" s="12"/>
+      <c r="A157" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B157" s="4"/>
+      <c r="C157" s="4"/>
+      <c r="D157" s="4"/>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A158" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A158" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B158" s="4"/>
+      <c r="C158" s="4"/>
+      <c r="D158" s="4"/>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="B159" s="4"/>
       <c r="C159" s="4"/>
       <c r="D159" s="4"/>
     </row>
     <row r="160" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B160" s="4"/>
       <c r="C160" s="4"/>
       <c r="D160" s="4"/>
     </row>
     <row r="161" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B161" s="4"/>
       <c r="C161" s="4"/>
       <c r="D161" s="4"/>
     </row>
     <row r="162" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A162" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A162" s="4"/>
       <c r="B162" s="4"/>
       <c r="C162" s="4"/>
       <c r="D162" s="4"/>
     </row>
     <row r="163" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A163" s="4" t="s">
-[...4 lines deleted...]
-      <c r="D163" s="4"/>
+      <c r="A163" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B163" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C163" s="28"/>
+      <c r="D163" s="12"/>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A164" s="4"/>
-[...2 lines deleted...]
-      <c r="D164" s="4"/>
+      <c r="A164" s="1"/>
+      <c r="B164" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="165" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A165" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D165" s="12"/>
+      <c r="A165" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B165" s="4"/>
+      <c r="C165" s="4"/>
+      <c r="D165" s="4"/>
     </row>
     <row r="166" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A166" s="1"/>
-[...7 lines deleted...]
-        <v>28</v>
+      <c r="A166" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B166" s="4"/>
+      <c r="C166" s="4"/>
+      <c r="D166" s="4" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="167" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B167" s="4"/>
       <c r="C167" s="4"/>
-      <c r="D167" s="4"/>
+      <c r="D167" s="4" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="168" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="B168" s="4"/>
       <c r="C168" s="4"/>
-      <c r="D168" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D168" s="4"/>
     </row>
     <row r="169" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B169" s="4"/>
       <c r="C169" s="4"/>
-      <c r="D169" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D169" s="4"/>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="B170" s="4"/>
       <c r="C170" s="4"/>
       <c r="D170" s="4"/>
     </row>
     <row r="171" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B171" s="4"/>
       <c r="C171" s="4"/>
       <c r="D171" s="4"/>
     </row>
     <row r="172" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="B172" s="4"/>
       <c r="C172" s="4"/>
       <c r="D172" s="4"/>
     </row>
     <row r="173" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="B173" s="4"/>
       <c r="C173" s="4"/>
       <c r="D173" s="4"/>
     </row>
     <row r="174" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A174" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A174" s="4"/>
       <c r="B174" s="4"/>
       <c r="C174" s="4"/>
       <c r="D174" s="4"/>
     </row>
     <row r="175" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A175" s="4" t="s">
-[...4 lines deleted...]
-      <c r="D175" s="4"/>
+      <c r="A175" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B175" s="12"/>
+      <c r="C175" s="12"/>
+      <c r="D175" s="12"/>
     </row>
     <row r="176" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A176" s="4"/>
-[...2 lines deleted...]
-      <c r="D176" s="4"/>
+      <c r="A176" s="1"/>
+      <c r="B176" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="177" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A177" s="11" t="s">
-[...4 lines deleted...]
-      <c r="D177" s="12"/>
+      <c r="A177" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B177" s="4"/>
+      <c r="C177" s="4"/>
+      <c r="D177" s="4"/>
     </row>
     <row r="178" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A178" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A178" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B178" s="4"/>
+      <c r="C178" s="4"/>
+      <c r="D178" s="4"/>
     </row>
     <row r="179" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>32</v>
+        <v>89</v>
       </c>
       <c r="B179" s="4"/>
       <c r="C179" s="4"/>
       <c r="D179" s="4"/>
     </row>
     <row r="180" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B180" s="4"/>
       <c r="C180" s="4"/>
       <c r="D180" s="4"/>
     </row>
     <row r="181" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="B181" s="4"/>
       <c r="C181" s="4"/>
       <c r="D181" s="4"/>
     </row>
     <row r="182" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A182" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A182" s="4"/>
       <c r="B182" s="4"/>
       <c r="C182" s="4"/>
       <c r="D182" s="4"/>
     </row>
     <row r="183" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A183" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A183" s="4"/>
       <c r="B183" s="4"/>
       <c r="C183" s="4"/>
       <c r="D183" s="4"/>
     </row>
     <row r="184" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A184" s="4"/>
       <c r="B184" s="4"/>
       <c r="C184" s="4"/>
       <c r="D184" s="4"/>
     </row>
     <row r="185" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A185" s="4"/>
-[...2 lines deleted...]
-      <c r="D185" s="4"/>
+      <c r="A185" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B185" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C185" s="12"/>
+      <c r="D185" s="12"/>
     </row>
     <row r="186" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A186" s="4"/>
-[...2 lines deleted...]
-      <c r="D186" s="4"/>
+      <c r="A186" s="1"/>
+      <c r="B186" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="187" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A187" s="11" t="s">
+      <c r="A187" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B187" s="4"/>
+      <c r="C187" s="4"/>
+      <c r="D187" s="4"/>
+    </row>
+    <row r="188" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A188" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="B187" s="12" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="B188" s="4"/>
+      <c r="C188" s="4"/>
+      <c r="D188" s="4"/>
     </row>
     <row r="189" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="B189" s="4"/>
       <c r="C189" s="4"/>
       <c r="D189" s="4"/>
     </row>
     <row r="190" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B190" s="4"/>
       <c r="C190" s="4"/>
       <c r="D190" s="4"/>
     </row>
     <row r="191" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B191" s="4"/>
       <c r="C191" s="4"/>
       <c r="D191" s="4"/>
     </row>
     <row r="192" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B192" s="4"/>
       <c r="C192" s="4"/>
       <c r="D192" s="4"/>
     </row>
     <row r="193" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>95</v>
+        <v>29</v>
       </c>
       <c r="B193" s="4"/>
       <c r="C193" s="4"/>
       <c r="D193" s="4"/>
     </row>
     <row r="194" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
       <c r="B194" s="4"/>
       <c r="C194" s="4"/>
       <c r="D194" s="4"/>
     </row>
     <row r="195" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A195" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A195" s="4"/>
       <c r="B195" s="4"/>
       <c r="C195" s="4"/>
       <c r="D195" s="4"/>
     </row>
     <row r="196" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A196" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A196" s="1"/>
       <c r="B196" s="4"/>
       <c r="C196" s="4"/>
       <c r="D196" s="4"/>
     </row>
     <row r="197" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A197" s="4"/>
+      <c r="A197" s="1"/>
       <c r="B197" s="4"/>
       <c r="C197" s="4"/>
       <c r="D197" s="4"/>
     </row>
     <row r="198" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A198" s="1"/>
-[...2 lines deleted...]
-      <c r="D198" s="4"/>
+      <c r="A198" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B198" s="12"/>
+      <c r="C198" s="12"/>
+      <c r="D198" s="12"/>
     </row>
     <row r="199" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A199" s="1"/>
-      <c r="B199" s="4"/>
-[...1 lines deleted...]
-      <c r="D199" s="4"/>
+      <c r="B199" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="200" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A200" s="11" t="s">
-[...4 lines deleted...]
-      <c r="D200" s="12"/>
+      <c r="A200" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B200" s="4"/>
+      <c r="C200" s="4"/>
+      <c r="D200" s="4"/>
     </row>
     <row r="201" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A201" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A201" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B201" s="4"/>
+      <c r="C201" s="4"/>
+      <c r="D201" s="4"/>
     </row>
     <row r="202" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A202" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A202" s="4"/>
       <c r="B202" s="4"/>
       <c r="C202" s="4"/>
       <c r="D202" s="4"/>
     </row>
     <row r="203" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A203" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A203" s="4"/>
       <c r="B203" s="4"/>
       <c r="C203" s="4"/>
       <c r="D203" s="4"/>
     </row>
     <row r="204" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A204" s="4"/>
       <c r="B204" s="4"/>
       <c r="C204" s="4"/>
       <c r="D204" s="4"/>
     </row>
     <row r="205" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A205" s="4"/>
-[...2 lines deleted...]
-      <c r="D205" s="4"/>
+      <c r="A205" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B205" s="12"/>
+      <c r="C205" s="12"/>
+      <c r="D205" s="12"/>
     </row>
     <row r="206" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A206" s="4"/>
+      <c r="A206" s="4" t="s">
+        <v>97</v>
+      </c>
       <c r="B206" s="4"/>
       <c r="C206" s="4"/>
       <c r="D206" s="4"/>
     </row>
     <row r="207" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A207" s="11" t="s">
-[...4 lines deleted...]
-      <c r="D207" s="12"/>
+      <c r="A207" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B207" s="4"/>
+      <c r="C207" s="4"/>
+      <c r="D207" s="4"/>
     </row>
     <row r="208" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B208" s="4"/>
       <c r="C208" s="4"/>
       <c r="D208" s="4"/>
     </row>
     <row r="209" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B209" s="4"/>
       <c r="C209" s="4"/>
       <c r="D209" s="4"/>
     </row>
     <row r="210" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B210" s="4"/>
       <c r="C210" s="4"/>
       <c r="D210" s="4"/>
     </row>
     <row r="211" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B211" s="4"/>
       <c r="C211" s="4"/>
       <c r="D211" s="4"/>
     </row>
     <row r="212" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B212" s="4"/>
       <c r="C212" s="4"/>
       <c r="D212" s="4"/>
     </row>
     <row r="213" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B213" s="4"/>
       <c r="C213" s="4"/>
       <c r="D213" s="4"/>
     </row>
     <row r="214" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A214" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A214" s="4"/>
       <c r="B214" s="4"/>
       <c r="C214" s="4"/>
       <c r="D214" s="4"/>
     </row>
     <row r="215" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A215" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A215" s="4"/>
       <c r="B215" s="4"/>
       <c r="C215" s="4"/>
       <c r="D215" s="4"/>
     </row>
     <row r="216" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A216" s="4"/>
       <c r="B216" s="4"/>
       <c r="C216" s="4"/>
       <c r="D216" s="4"/>
     </row>
-    <row r="217" spans="1:4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B217" s="4"/>
+    <row r="217" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A217" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="B217" s="6"/>
       <c r="C217" s="4"/>
       <c r="D217" s="4"/>
     </row>
-    <row r="218" spans="1:4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B218" s="4"/>
+    <row r="218" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A218" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="B218" s="5"/>
       <c r="C218" s="4"/>
       <c r="D218" s="4"/>
     </row>
     <row r="219" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A219" s="7" t="s">
-[...2 lines deleted...]
-      <c r="B219" s="6"/>
+      <c r="A219" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="B219" s="4"/>
       <c r="C219" s="4"/>
       <c r="D219" s="4"/>
     </row>
     <row r="220" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A220" s="5" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="B220" s="5"/>
+        <v>107</v>
+      </c>
+      <c r="B220" s="4"/>
       <c r="C220" s="4"/>
       <c r="D220" s="4"/>
     </row>
-    <row r="221" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A221" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B221" s="4"/>
       <c r="C221" s="4"/>
       <c r="D221" s="4"/>
     </row>
-    <row r="222" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>108</v>
+    <row r="222" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A222" s="7" t="s">
+        <v>109</v>
       </c>
       <c r="B222" s="4"/>
       <c r="C222" s="4"/>
       <c r="D222" s="4"/>
     </row>
     <row r="223" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A223" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B223" s="4"/>
       <c r="C223" s="4"/>
       <c r="D223" s="4"/>
     </row>
-    <row r="224" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>110</v>
+    <row r="224" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A224" s="8" t="s">
+        <v>111</v>
       </c>
       <c r="B224" s="4"/>
       <c r="C224" s="4"/>
       <c r="D224" s="4"/>
     </row>
-    <row r="225" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A225" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B225" s="4"/>
       <c r="C225" s="4"/>
       <c r="D225" s="4"/>
     </row>
-    <row r="226" spans="1:4" ht="30" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells count="33">
-    <mergeCell ref="B9:D9"/>
-[...15 lines deleted...]
-    <mergeCell ref="B118:C118"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B4:D4"/>
-    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="B29:C29"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="A23:D23"/>
-    <mergeCell ref="A29:D29"/>
+    <mergeCell ref="A27:D27"/>
     <mergeCell ref="B18:D18"/>
+    <mergeCell ref="B163:C163"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="B60:C60"/>
+    <mergeCell ref="B133:C133"/>
+    <mergeCell ref="B146:C146"/>
+    <mergeCell ref="B72:C72"/>
+    <mergeCell ref="B84:C84"/>
+    <mergeCell ref="B99:C99"/>
+    <mergeCell ref="B155:C155"/>
+    <mergeCell ref="B116:C116"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="A21:D21"/>
+    <mergeCell ref="A22:D22"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B17:D17"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A29:D29" r:id="rId1" display="Falls Sie schwierigkeiten beim Einschätzen der Anzahl der Kartons haben, dann hilft Ihnen vielleicht das hier" xr:uid="{AC0DE116-8C3D-4086-AC36-BF6B71DB6C9A}"/>
+    <hyperlink ref="A27:D27" r:id="rId1" display="Falls Sie schwierigkeiten beim Einschätzen der Anzahl der Kartons haben, dann hilft Ihnen vielleicht das hier" xr:uid="{AC0DE116-8C3D-4086-AC36-BF6B71DB6C9A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">